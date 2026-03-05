--- v0 (2025-12-05)
+++ v1 (2026-03-05)
@@ -51,51 +51,51 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Ato</t>
   </si>
   <si>
     <t>Gleise do Gemim</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/</t>
   </si>
   <si>
     <t>DECLARA A EXTINÇÃO DO MANDATO DE VEREADOR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Cristina Bueno</t>
   </si>
   <si>
     <t xml:space="preserve">A EXCELENTÍSSIMA SENHORA PREFEITA MUNICIPAL, QUE PROVIDENCIE UM BEBEDOURO, DE ÁGUA REFRIGERADA NO VELÓRIO MUNICIPAL. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
@@ -183,973 +183,973 @@
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE A NECESSIDADE DA COMPRA DE CAÇAMBAS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Joinha</t>
   </si>
   <si>
     <t>INDICA, a Excelentíssima Senhora Prefeita Municipal, Reajuste no Ticket Alimentação aos Funcionários Público Municipal.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/216/indicacao_no_11_18_10_2018.doc</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/216/indicacao_no_11_18_10_2018.doc</t>
   </si>
   <si>
     <t>INDICA, a Excelentíssima Senhora Prefeita Municipal, a Instalação de Climatizadores de Ar, nas dependências do Velório Municipal.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/217/indicacao_no_12_18_10_2018.doc</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/217/indicacao_no_12_18_10_2018.doc</t>
   </si>
   <si>
     <t>INDICA, a Excelentíssima Senhora Prefeita Municipal, a Instalação de Luz de Emergências, nas dependências do Velório Municipal.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/230/indicacao_no_13_28_11_2018.doc</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/230/indicacao_no_13_28_11_2018.doc</t>
   </si>
   <si>
     <t>EMENTA: “SOLICITA A SENHORA CHEFE DO EXECUTIVO MUNICIPAL QUE CONCEDA UM ABONO NATALINO NO VALOR DE R$ 450,00 (quatrocentos e cinquenta reais), A TODOS OS SERVIDORES DO EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE LOURDES-SP.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/231/indicacao_no_14_03_12_2018.doc</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/231/indicacao_no_14_03_12_2018.doc</t>
   </si>
   <si>
     <t>INDICA, a Excelentíssima Senhora Prefeita Municipal, a compra de um ônibus para que possa ser utilizado para o transporte tanto dos trabalhadores como dos estudantes.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/232/indicacao_no_15_03_12_2018.doc</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/232/indicacao_no_15_03_12_2018.doc</t>
   </si>
   <si>
     <t>INDICA, a Excelentíssima Senhora Prefeita Municipal, que seja executada reparos na “Ciclovia Edson Elias da Silva”.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>MOÇÃO DE PREOCUPAÇÃO E APOIO AOS EMPREGADOS E APOSENTADOS DA EMPRESA BRASILEIRA DE CORREIOS E TELÉGRAFOS - ECT.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>OFÍCIO</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/194/194_texto_integral.pdf</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>&amp;#8220;CONCEDE A MEDALHA 05 DE MARÇO À CONCEITUADA PERSONALIDADE DE NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t xml:space="preserve">FAÇO SABER QUE A CÂMARA MUNICIPAL DE LOURDES, APROVOU O PROJETO DE DECRETO LEGISLATIVO Nº 02/2018 EM SESSÃO ORDINÁRIA REALIZADA EM 07 DE MAIO DO CORRENTE ANO, EU GLEISE RENATA DE SOUZA, PRESIDENTE DA CÂMARA MUNICIPAL, PROMULGO O SEGUINTE DECRETO LEGISLATIVO:  _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O CHEFE DO PODER EXECUTIVO A OUTORGAR A CONCESSÃO DE DIREITO REAL DE USO DO BEM IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/111/111_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/111/111_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O VALOR DA UFM (UNIDADE FISCAL DO MUNICIPIO)._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Gisele Tonchis</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/137/137_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/137/137_texto_integral.docx</t>
   </si>
   <si>
     <t>"DÁ NOVA REDAÇÃO AO ARTIGO 100 DA LEI COMPLEMENTAR Nº 784 /2008 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/157/157_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/157/157_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MAJORAÇÃO A TÍTULO DE REPOSIÇÃO SALARIAL ANUAL DOS SERVIDORES PÚ-BLICOS MUNICIPAIS NOS TERMOS DA CONSTITUIÇÃO FEDERAL</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/158/158_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/158/158_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE A TÍTULO DE REPOSIÇÃO SALARIAL ANUAL DOS SUBSÍDIOS DOS AGENTES POLÍTICOS DO PODER EXECUTIVO NOS TERMOS DA CONSTITUIÇÃO FEDERAL</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>CONCEDE ISENÇÃO DE ITBI A EMPREENDIMENTOS HABITACIONAIS VINCULADOS AO PROGRAMA MINHA CASA MINHA VIDA – PMCMV E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>PLC-C</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar da Câmara</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A CONCESSÃO DE REPOSIÇÃO SALARIAL ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE LOURDES DO ESTADO SÃO PAULO NOS TERMOS DO INCISO X, DO ART. 37, DA CONSTITUIÇÃO FEDERAL &amp;#8221;.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/110/110_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/110/110_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">"DISPÕE SOBRE LIBERAÇÃO DE AUXILIO FINANCEIRO, CONTRIBUIÇÃO OU SUBVENÇÃO SOCIAL À ENTIDADE, FIXANDO CRITÉRIOS PARA PRESTAÇÃO DE CONTAS, DANDO OUTRAS PROVIDÊNCIAS ADMINISTRATIVAS"._x000D_
 </t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/112/112_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/112/112_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO, COM RESERVAS, DO MUNICÍPIO DE LOURDES NO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE INOVAÇÃO E DESENVOLVIMENTO DO ESTADO DE SÃO PAULO - CINDESP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/113/113_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/113/113_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA A PERMISSÃO DE USO, DE PRÓPRIO MUNICIPAL, A TITULO PRECÁRIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221; _x000D_
 </t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/115/115_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/115/115_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA DA CASA CIVIL.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/116/116_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/116/116_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/117/117_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/117/117_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/118/118_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/118/118_texto_integral.docx</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/119/119_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/119/119_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR_x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/120/120_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/120/120_texto_integral.docx</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/121/121_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/121/121_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/122/122_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/122/122_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/123/123_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/123/123_texto_integral.docx</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/124/124_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/124/124_texto_integral.docx</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/125/125_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/125/125_texto_integral.docx</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/126/126_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/126/126_texto_integral.docx</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/127/127_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/127/127_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR_x000D_
 </t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/128/128_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/128/128_texto_integral.docx</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/129/129_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/129/129_texto_integral.docx</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/130/130_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/130/130_texto_integral.docx</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/131/131_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/131/131_texto_integral.docx</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/134/134_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/134/134_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL_x000D_
 </t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/133/133_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/133/133_texto_integral.docx</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/135/135_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/135/135_texto_integral.docx</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/136/136_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/136/136_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">"DISPÕE SOBRE DENOMINAÇÃO DE PRÉDIO PÚBLICO&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/138/138_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/138/138_texto_integral.docx</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/140/140_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/140/140_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A AMPLIAÇÃO DO PERÍMETRO URBANO DE LOURDES_x000D_
 </t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/141/141_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/141/141_texto_integral.docx</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/142/142_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/142/142_texto_integral.docx</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/143/143_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/143/143_texto_integral.docx</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/149/149_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/149/149_texto_integral.docx</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/150/150_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/150/150_texto_integral.docx</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/151/151_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/151/151_texto_integral.docx</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVOGAÇÃO PARCIAL DA LEI MUNICIPAL Nº 1076 DE 27 DE SETEMBRO DE 2011".</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/152/152_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/152/152_texto_integral.docx</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/153/153_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/153/153_texto_integral.docx</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/160/160_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/160/160_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DO ANO 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/161/161_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/161/161_texto_integral.docx</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/164/164_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/164/164_texto_integral.docx</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/165/165_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/165/165_texto_integral.docx</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/166/166_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/166/166_texto_integral.docx</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/167/167_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/167/167_texto_integral.docx</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/168/168_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/168/168_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA CAÇAMBA CIDADÃ, E DÁ OUTRAS PROVIDÊNCIAS_x000D_
 </t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/169/169_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/169/169_texto_integral.docx</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/172/172_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/172/172_texto_integral.docx</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/173/173_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/173/173_texto_integral.docx</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/174/174_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/174/174_texto_integral.docx</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/175/175_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/175/175_texto_integral.docx</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/176/176_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/176/176_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA CAÇAMBA CIDADÃ, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/177/177_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/177/177_texto_integral.docx</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/178/178_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/178/178_texto_integral.docx</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/184/184_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/184/184_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/185/185_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/185/185_texto_integral.docx</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/186/186_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/186/186_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/187/187_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/187/187_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/188/188_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/188/188_texto_integral.docx</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/189/189_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/189/189_texto_integral.docx</t>
   </si>
   <si>
     <t>DISCIPLINA A CONCESSÃO DE BOLSAS DE ESTUDO PARA O ENSINO SUPERIOR A CIDADÃOS DO MUNICÍPIO DE LOURDES QUE SOFRAM DE DOENÇAS DEGENERATIVAS E AUTOIMUNES E DEGENE-RATIVAS CONCOMITANTEMENTE&amp;#8221;.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/193/193_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/193/193_texto_integral.docx</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/199/199_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/199/199_texto_integral.docx</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOUROS PÚBLICOS DO LOTEAMENTO LOURDES &amp;#8220;G&amp;#8221;.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t xml:space="preserve">ABRE NO ORÇAMENTO VIGENTE CRÉDITO ADICIONAL SUPLEMENTAR E DA OUTRAS PROVIDÊNCIAS_x000D_
 	_x000D_
 </t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/207/207_texto_integral.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/207/207_texto_integral.docx</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE LOURDES, ESTADO DE SÃO PAULO, PARA O EXERCÍCIO DE 2019</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/211/projerto_de_lei_no_62_15_10_2018.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/211/projerto_de_lei_no_62_15_10_2018.docx</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do Art. 1º da Lei 1501 de 07 de março de 2018.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/212/projerto_de_lei_no_63_22_10_2018.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/212/projerto_de_lei_no_63_22_10_2018.docx</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/213/projerto_de_lei_no_64_22_10_2018.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/213/projerto_de_lei_no_64_22_10_2018.docx</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ART. 1º DA LEI 754 DE 22 DE MAIO DE 2.007.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/220/projerto_de_lei_no_66_21_11_2018.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/220/projerto_de_lei_no_66_21_11_2018.docx</t>
   </si>
   <si>
     <t>"AUTORIZA A UTILIZAÇÃO DE PROTESTOS DE CRÉDITO EXTRAJUDICIAL, NEGATIVAÇÃO DE CONTRIBUINTE EM GERAL DA FAZENDA PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/222/projerto_de_lei_no_68_21_11_2018.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/222/projerto_de_lei_no_68_21_11_2018.docx</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/223/projerto_de_lei_no_69_21_11_2018.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/223/projerto_de_lei_no_69_21_11_2018.docx</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/224/projerto_de_lei_no_70_21_11_2018.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/224/projerto_de_lei_no_70_21_11_2018.docx</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/226/projerto_de_lei_no_71_03_12_2018.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/226/projerto_de_lei_no_71_03_12_2018.docx</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/227/projerto_de_lei_no_72_03_12_2018.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/227/projerto_de_lei_no_72_03_12_2018.docx</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/228/projerto_de_lei_no_73_03_12_2018.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/228/projerto_de_lei_no_73_03_12_2018.docx</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/233/projerto_de_lei_no_74_03_12_2018.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/233/projerto_de_lei_no_74_03_12_2018.docx</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/234/projerto_de_lei_no_75_12_12_2018.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/234/projerto_de_lei_no_75_12_12_2018.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional suplementar e da outras providências</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/235/projerto_de_lei_no_76_12_12_2018.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/235/projerto_de_lei_no_76_12_12_2018.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE VALE ALIMENTAÇÃO AOS FUNCIONÁRIOS DA MUNICIPALIDADE, REVOGA LEGISLAÇÃO ANTERIOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/236/projerto_de_lei_no_77_12_12_2018.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/236/projerto_de_lei_no_77_12_12_2018.docx</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COMO ESTADO DE SÃO PAULO,POR INTERMÉDIO DA SECRETARIA DE ESTADO DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>PLO-C</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária da Câmara</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A CONCESSÃO DE AUXILIO ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE LOURDES E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
@@ -1482,68 +1482,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/216/indicacao_no_11_18_10_2018.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/217/indicacao_no_12_18_10_2018.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/230/indicacao_no_13_28_11_2018.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/231/indicacao_no_14_03_12_2018.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/232/indicacao_no_15_03_12_2018.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/111/111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/137/137_texto_integral.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/157/157_texto_integral.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/158/158_texto_integral.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/110/110_texto_integral.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/112/112_texto_integral.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/113/113_texto_integral.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/115/115_texto_integral.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/116/116_texto_integral.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/117/117_texto_integral.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/118/118_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/119/119_texto_integral.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/120/120_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/121/121_texto_integral.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/122/122_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/123/123_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/124/124_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/125/125_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/126/126_texto_integral.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/127/127_texto_integral.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/128/128_texto_integral.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/129/129_texto_integral.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/130/130_texto_integral.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/131/131_texto_integral.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/134/134_texto_integral.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/133/133_texto_integral.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/135/135_texto_integral.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/136/136_texto_integral.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/138/138_texto_integral.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/140/140_texto_integral.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/141/141_texto_integral.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/142/142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/143/143_texto_integral.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/149/149_texto_integral.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/150/150_texto_integral.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/151/151_texto_integral.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/152/152_texto_integral.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/153/153_texto_integral.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/160/160_texto_integral.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/161/161_texto_integral.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/164/164_texto_integral.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/165/165_texto_integral.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/166/166_texto_integral.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/167/167_texto_integral.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/168/168_texto_integral.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/169/169_texto_integral.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/172/172_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/173/173_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/174/174_texto_integral.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/175/175_texto_integral.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/176/176_texto_integral.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/177/177_texto_integral.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/178/178_texto_integral.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/184/184_texto_integral.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/185/185_texto_integral.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/186/186_texto_integral.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/187/187_texto_integral.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/188/188_texto_integral.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/189/189_texto_integral.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/193/193_texto_integral.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/199/199_texto_integral.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/207/207_texto_integral.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/211/projerto_de_lei_no_62_15_10_2018.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/212/projerto_de_lei_no_63_22_10_2018.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/213/projerto_de_lei_no_64_22_10_2018.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/220/projerto_de_lei_no_66_21_11_2018.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/222/projerto_de_lei_no_68_21_11_2018.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/223/projerto_de_lei_no_69_21_11_2018.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/224/projerto_de_lei_no_70_21_11_2018.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/226/projerto_de_lei_no_71_03_12_2018.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/227/projerto_de_lei_no_72_03_12_2018.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/228/projerto_de_lei_no_73_03_12_2018.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/233/projerto_de_lei_no_74_03_12_2018.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/234/projerto_de_lei_no_75_12_12_2018.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/235/projerto_de_lei_no_76_12_12_2018.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/236/projerto_de_lei_no_77_12_12_2018.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/216/indicacao_no_11_18_10_2018.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/217/indicacao_no_12_18_10_2018.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/230/indicacao_no_13_28_11_2018.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/231/indicacao_no_14_03_12_2018.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/232/indicacao_no_15_03_12_2018.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/111/111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/137/137_texto_integral.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/157/157_texto_integral.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/158/158_texto_integral.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/110/110_texto_integral.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/112/112_texto_integral.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/113/113_texto_integral.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/115/115_texto_integral.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/116/116_texto_integral.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/117/117_texto_integral.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/118/118_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/119/119_texto_integral.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/120/120_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/121/121_texto_integral.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/122/122_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/123/123_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/124/124_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/125/125_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/126/126_texto_integral.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/127/127_texto_integral.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/128/128_texto_integral.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/129/129_texto_integral.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/130/130_texto_integral.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/131/131_texto_integral.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/134/134_texto_integral.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/133/133_texto_integral.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/135/135_texto_integral.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/136/136_texto_integral.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/138/138_texto_integral.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/140/140_texto_integral.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/141/141_texto_integral.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/142/142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/143/143_texto_integral.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/149/149_texto_integral.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/150/150_texto_integral.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/151/151_texto_integral.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/152/152_texto_integral.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/153/153_texto_integral.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/160/160_texto_integral.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/161/161_texto_integral.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/164/164_texto_integral.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/165/165_texto_integral.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/166/166_texto_integral.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/167/167_texto_integral.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/168/168_texto_integral.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/169/169_texto_integral.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/172/172_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/173/173_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/174/174_texto_integral.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/175/175_texto_integral.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/176/176_texto_integral.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/177/177_texto_integral.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/178/178_texto_integral.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/184/184_texto_integral.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/185/185_texto_integral.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/186/186_texto_integral.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/187/187_texto_integral.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/188/188_texto_integral.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/189/189_texto_integral.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/193/193_texto_integral.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/199/199_texto_integral.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/./sapl/public/materialegislativa/2018/207/207_texto_integral.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/211/projerto_de_lei_no_62_15_10_2018.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/212/projerto_de_lei_no_63_22_10_2018.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/213/projerto_de_lei_no_64_22_10_2018.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/220/projerto_de_lei_no_66_21_11_2018.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/222/projerto_de_lei_no_68_21_11_2018.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/223/projerto_de_lei_no_69_21_11_2018.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/224/projerto_de_lei_no_70_21_11_2018.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/226/projerto_de_lei_no_71_03_12_2018.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/227/projerto_de_lei_no_72_03_12_2018.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/228/projerto_de_lei_no_73_03_12_2018.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/233/projerto_de_lei_no_74_03_12_2018.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/234/projerto_de_lei_no_75_12_12_2018.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/235/projerto_de_lei_no_76_12_12_2018.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2018/236/projerto_de_lei_no_77_12_12_2018.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>