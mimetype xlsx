--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -54,582 +54,582 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Cristina Bueno</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/</t>
   </si>
   <si>
     <t>informar que em razão dos veículos trafegarem com excesso de velocidade nas ruas, requer que seja colocado obstáculos nas ruas abaixo:_x000D_
 _x000D_
 - RUA: FLORINDO SIMIÃO BARBOSA _x000D_
 - RUA : JOSÉ SOARES DA SILVA_x000D_
 - RUA: JOAQUIM TEODORO DA SILVA</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>informar que em razão dos veículos trafegarem com excesso de velocidade nas ruas, requer que seja colocado obstáculo na rua abaixo:_x000D_
 _x000D_
 - RUA: Anésio Aparecido de Oliveira</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Gaguim do Quim</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/559/indicacao_no_04_08_02_2021_joaquim.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/559/indicacao_no_04_08_02_2021_joaquim.docx</t>
   </si>
   <si>
     <t>informar que em razão dos veículos trafegarem com excesso de velocidade na rua, requer que seja colocado obstáculo na rua abaixo:_x000D_
 _x000D_
 - RUA: TEOBALDO kOHLRAUSCH</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/560/indicacao_no_05_22_02_2021_joaquim.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/560/indicacao_no_05_22_02_2021_joaquim.docx</t>
   </si>
   <si>
     <t>Requer que seja pintado as guias da sarjeta da avenida abaixo:_x000D_
 _x000D_
 - Avenida Jerônima Marques Nogueira;</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Joinha</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/561/indicacao_no_07_22_03_2021_edi_carlos.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/561/indicacao_no_07_22_03_2021_edi_carlos.docx</t>
   </si>
   <si>
     <t>Construção de 1 Valeta no cruzamento das Ruas: Pedro Lopes Siqueira x Atanásio Monteiro.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_no_08_11_05_2021_joaquim.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_no_08_11_05_2021_joaquim.docx</t>
   </si>
   <si>
     <t>Informar que em razão dos veículos trafegarem com excesso de velocidade na rua, requer que seja colocado obstáculo na rua abaixo:_x000D_
 _x000D_
 - RUA: 5 de Março</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/563/indicacao_no_09_12_05_2021_joaquim_2.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/563/indicacao_no_09_12_05_2021_joaquim_2.docx</t>
   </si>
   <si>
     <t>Informar que seja trocado as lâmpadas dos postes da entrada da cidade onde as pessoas caminham, e que seja trocado as lâmpadas e os lustres dos postes, da pracinha localizada em frente a creche Cemei Nair Beloti de Souza.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/564/indicacao_no_10_12_05_2021_joaquim.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/564/indicacao_no_10_12_05_2021_joaquim.docx</t>
   </si>
   <si>
     <t>Informar que seja colocado uma placa de sinalização na rotatória da vicinal da cidade de Lourdes-SP sentido a cidade de Nova Luzitânia-SP.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Odécio Rorigues da Silva</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/549/projeto_no_01_28_01_2021.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/549/projeto_no_01_28_01_2021.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ALTERAÇAO DO ARTIGO 1º DA LEI Nº 1.622 DE 05 DE NOVEMBRO DE 2019.”</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>PLC-C</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/581/projeto_no_22__18_06__2021_credito_especial.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/581/projeto_no_22__18_06__2021_credito_especial.docx</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/550/projeto_no_01_28_01_2021.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/550/projeto_no_01_28_01_2021.docx</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/551/projeto_no_02_28_01_2021.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/551/projeto_no_02_28_01_2021.docx</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/552/projeto_no_03_28_01_2021.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/552/projeto_no_03_28_01_2021.docx</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/553/projeto_no_04_28_01_2021.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/553/projeto_no_04_28_01_2021.docx</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DO PROGRAMA   DE AUXILIO DESEMPREGADO   DENOMINADO “FRENTES DE TRABALHO” E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/566/projeto_no_08_18_03_2021.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/566/projeto_no_08_18_03_2021.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO - CACS-FUNDEB, DO MUNICÍPIO, EM CONFORMIDADE COM O ARTIGO 212-A DA CONSTITUIÇÃO FEDERAL, REGULAMENTADO NA FORMA DA LEI FEDERAL Nº 14.113, DE 25 DE DEZEMBRO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/567/projeto_no_10_18_03_2021.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/567/projeto_no_10_18_03_2021.docx</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/568/projeto_no_10_18_03_2021.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/568/projeto_no_10_18_03_2021.docx</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/570/projeto_no_12_16__04__2021_credito_especial.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/570/projeto_no_12_16__04__2021_credito_especial.docx</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/571/projeto_no_13_16__04__2021_credito_especial.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/571/projeto_no_13_16__04__2021_credito_especial.docx</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/572/projeto_no_14_16__04__2021con_de_vale_alimentacao.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/572/projeto_no_14_16__04__2021con_de_vale_alimentacao.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE VALE ALIMENTAÇÃO AOS FUNCIONÁRIOS DA MUNICIPALIDADE, REVOGA LEGISLAÇÃO ANTERIOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/573/projeto_no_15_29__04__2021_credito_especial.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/573/projeto_no_15_29__04__2021_credito_especial.docx</t>
   </si>
   <si>
     <t>Dispõe sobre abertura adicional de crédito especial</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/574/projeto_no_17_01__06__2021_delegada_millitar.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/574/projeto_no_17_01__06__2021_delegada_millitar.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DE CONCESSÃO DE BENEFÍCIO EVENTUAL</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/575/projeto_no_17_01__06__2021_delegada_millitar.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/575/projeto_no_17_01__06__2021_delegada_millitar.docx</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE LOURDES A CELEBRAR CONVÊNIO COM O GOVERNO DO ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA DE SEGURANÇA PÚBLICA, OBJETIVANDO O DESEMPENHO DA ATIVIDADE DELEGADA NOS TERMOS QUE ESPECIFICA, A SER PAGA AOS MILITARES DO ESTADO QUE EXERCEM ATIVIDADE MUNICIPAL DELEGADA NO ESTADO DE SÃO PAULO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/576/projeto_no_18__01_06__2021_credito_especial.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/576/projeto_no_18__01_06__2021_credito_especial.docx</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/578/projeto_no_19_01_06__2021_credito_especial.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/578/projeto_no_19_01_06__2021_credito_especial.docx</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/579/projeto_no_20__18_06__2021_credito_especial.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/579/projeto_no_20__18_06__2021_credito_especial.docx</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/580/projeto_no_21__18_06__2021_credito_especial.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/580/projeto_no_21__18_06__2021_credito_especial.docx</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/585/projeto_no_22__18_06__2021_credito_especial.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/585/projeto_no_22__18_06__2021_credito_especial.docx</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/586/projeto_no_23_12_07__2021_vale_alimentacao.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/586/projeto_no_23_12_07__2021_vale_alimentacao.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE PAGAMENTO EM PECÚNIA DO PRÊMIO ASSIDUIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/588/projeto_no_25_12_07__2021_credito_especial.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/588/projeto_no_25_12_07__2021_credito_especial.docx</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/589/projeto_no_26_12_07__2021_creche.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/589/projeto_no_26_12_07__2021_creche.docx</t>
   </si>
   <si>
     <t>" Dispõe sobre alteração da Lei nº 1.369/2016.”</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/590/projeto_no_27_29_07__2021_credito_especial.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/590/projeto_no_27_29_07__2021_credito_especial.docx</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/591/projeto_no_28_12_08__2021_convenio.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/591/projeto_no_28_12_08__2021_convenio.docx</t>
   </si>
   <si>
     <t>“AUTORIZA PODER EXECUTIVO MUNICIPAL FIRMAR CONVÊNIO COM O DEPARTAMENTO DE ESTRADAS DE RODAGEM DO ESTADO DE SÃO PAULO – DER/SP, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/592/projeto_no_29_12_08__2021_credito_especial.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/592/projeto_no_29_12_08__2021_credito_especial.docx</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/593/projeto_no_30_12_08__2021_credito_especial.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/593/projeto_no_30_12_08__2021_credito_especial.docx</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional suplementar</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/595/projeto_no_32_12_08__2021_credito_suplementar.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/595/projeto_no_32_12_08__2021_credito_suplementar.docx</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/596/projeto_no_33__30_08__2021_orcamento_programa.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/596/projeto_no_33__30_08__2021_orcamento_programa.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o período 2022/2025, e dá outras providências.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para elaboração e execução da lei orçamentária para o exercício financeiro do ano 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/598/projeto_no_35_03_09__2021_juros_e_multas.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/598/projeto_no_35_03_09__2021_juros_e_multas.docx</t>
   </si>
   <si>
     <t>CONCEDE ANISTIA DE JUROS E MULTAS MORATÓRIAS DE DÉBITOS FISCAIS PERANTE O FISCO MUNICIPAL, BEM COMO RACIONALIZA AS AÇÕES DE EXECUÇÕES FISCAIS EXISTENTES, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/599/projeto_no_36_03_09__2021_credito_suplementar.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/599/projeto_no_36_03_09__2021_credito_suplementar.docx</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/600/projeto_no_37_17_09__2021_credito_suplementar.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/600/projeto_no_37_17_09__2021_credito_suplementar.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/601/projeto_no_38_17_09__2021_credito_suplementar.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/601/projeto_no_38_17_09__2021_credito_suplementar.docx</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/602/projeto_no_39_17_09__2021_credito_suplementar.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/602/projeto_no_39_17_09__2021_credito_suplementar.docx</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/603/projeto_no_40_01_10__2021_orcamento_programa.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/603/projeto_no_40_01_10__2021_orcamento_programa.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional suplementar e da outras providências</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/604/projeto_no_41_30_09__2021_ldo.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/604/projeto_no_41_30_09__2021_ldo.docx</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Lourdes, Estado de São Paulo, para o exercício de 2022.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/605/projeto_no_42_15_10__2021_credito_suplem..docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/605/projeto_no_42_15_10__2021_credito_suplem..docx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -933,68 +933,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/559/indicacao_no_04_08_02_2021_joaquim.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/560/indicacao_no_05_22_02_2021_joaquim.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/561/indicacao_no_07_22_03_2021_edi_carlos.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_no_08_11_05_2021_joaquim.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/563/indicacao_no_09_12_05_2021_joaquim_2.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/564/indicacao_no_10_12_05_2021_joaquim.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/549/projeto_no_01_28_01_2021.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/581/projeto_no_22__18_06__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/550/projeto_no_01_28_01_2021.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/551/projeto_no_02_28_01_2021.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/552/projeto_no_03_28_01_2021.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/553/projeto_no_04_28_01_2021.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/566/projeto_no_08_18_03_2021.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/567/projeto_no_10_18_03_2021.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/568/projeto_no_10_18_03_2021.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/570/projeto_no_12_16__04__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/571/projeto_no_13_16__04__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/572/projeto_no_14_16__04__2021con_de_vale_alimentacao.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/573/projeto_no_15_29__04__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/574/projeto_no_17_01__06__2021_delegada_millitar.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/575/projeto_no_17_01__06__2021_delegada_millitar.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/576/projeto_no_18__01_06__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/578/projeto_no_19_01_06__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/579/projeto_no_20__18_06__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/580/projeto_no_21__18_06__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/585/projeto_no_22__18_06__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/586/projeto_no_23_12_07__2021_vale_alimentacao.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/588/projeto_no_25_12_07__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/589/projeto_no_26_12_07__2021_creche.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/590/projeto_no_27_29_07__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/591/projeto_no_28_12_08__2021_convenio.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/592/projeto_no_29_12_08__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/593/projeto_no_30_12_08__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/595/projeto_no_32_12_08__2021_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/596/projeto_no_33__30_08__2021_orcamento_programa.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/598/projeto_no_35_03_09__2021_juros_e_multas.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/599/projeto_no_36_03_09__2021_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/600/projeto_no_37_17_09__2021_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/601/projeto_no_38_17_09__2021_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/602/projeto_no_39_17_09__2021_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/603/projeto_no_40_01_10__2021_orcamento_programa.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/604/projeto_no_41_30_09__2021_ldo.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/605/projeto_no_42_15_10__2021_credito_suplem..docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/559/indicacao_no_04_08_02_2021_joaquim.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/560/indicacao_no_05_22_02_2021_joaquim.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/561/indicacao_no_07_22_03_2021_edi_carlos.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_no_08_11_05_2021_joaquim.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/563/indicacao_no_09_12_05_2021_joaquim_2.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/564/indicacao_no_10_12_05_2021_joaquim.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/549/projeto_no_01_28_01_2021.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/581/projeto_no_22__18_06__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/550/projeto_no_01_28_01_2021.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/551/projeto_no_02_28_01_2021.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/552/projeto_no_03_28_01_2021.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/553/projeto_no_04_28_01_2021.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/566/projeto_no_08_18_03_2021.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/567/projeto_no_10_18_03_2021.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/568/projeto_no_10_18_03_2021.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/570/projeto_no_12_16__04__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/571/projeto_no_13_16__04__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/572/projeto_no_14_16__04__2021con_de_vale_alimentacao.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/573/projeto_no_15_29__04__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/574/projeto_no_17_01__06__2021_delegada_millitar.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/575/projeto_no_17_01__06__2021_delegada_millitar.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/576/projeto_no_18__01_06__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/578/projeto_no_19_01_06__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/579/projeto_no_20__18_06__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/580/projeto_no_21__18_06__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/585/projeto_no_22__18_06__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/586/projeto_no_23_12_07__2021_vale_alimentacao.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/588/projeto_no_25_12_07__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/589/projeto_no_26_12_07__2021_creche.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/590/projeto_no_27_29_07__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/591/projeto_no_28_12_08__2021_convenio.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/592/projeto_no_29_12_08__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/593/projeto_no_30_12_08__2021_credito_especial.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/595/projeto_no_32_12_08__2021_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/596/projeto_no_33__30_08__2021_orcamento_programa.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/598/projeto_no_35_03_09__2021_juros_e_multas.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/599/projeto_no_36_03_09__2021_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/600/projeto_no_37_17_09__2021_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/601/projeto_no_38_17_09__2021_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/602/projeto_no_39_17_09__2021_credito_suplementar.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/603/projeto_no_40_01_10__2021_orcamento_programa.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/604/projeto_no_41_30_09__2021_ldo.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2021/605/projeto_no_42_15_10__2021_credito_suplem..docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="123.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>