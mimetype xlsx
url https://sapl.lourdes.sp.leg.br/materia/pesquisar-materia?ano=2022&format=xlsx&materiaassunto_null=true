--- v0 (2025-12-04)
+++ v1 (2026-03-06)
@@ -54,1026 +54,1026 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Fernando</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/508/indicacao_no_02_21_11_2022_fernando.doc</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/508/indicacao_no_02_21_11_2022_fernando.doc</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Prefeito Municipal, informar que seja instalado um bebedouro na Praça Matriz da cidade de Lourdes-SP.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Sergio Marreta</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/496/mocao_no_01_12_05_22.doc</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/496/mocao_no_01_12_05_22.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÃO E APLAUSO A NAEEMA IHAB ABDELSALAM.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/499/projeto_de_decreto_de_lei_no_02_20_06_2022.doc</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/499/projeto_de_decreto_de_lei_no_02_20_06_2022.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÃO E APLAUSO A APAMPESP- ASSOCIAÇÃO DE PROFESSORES DO MAGISTÉRIO PÚBLICO DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/502/mocao_no_03_04_11_22.doc</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/502/mocao_no_03_04_11_22.doc</t>
   </si>
   <si>
     <t>Moção de apoio à manutenção da Empresa Brasileira de Correios e Telégrafos como Empresa Pública.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/507/mocao_no_04_18_11_22.doc</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/507/mocao_no_04_18_11_22.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÃO E APLAUSO À EQUIPE DE ENFERMAGEM DA SECRETARIA MUNICIPAL DE SAÚDE DE LOURDES.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Joinha</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/506/mocao_no_05_18_11_22.doc</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/506/mocao_no_05_18_11_22.doc</t>
   </si>
   <si>
     <t>CONGRATULAÇÃO E APLAUSO À EQUIPE DA SECRETARIA MUNICIPAL DE SAÚDE DE LOURDES.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_de_decreto_de_lei_no_01_22_02_2022.doc</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_de_decreto_de_lei_no_01_22_02_2022.doc</t>
   </si>
   <si>
     <t>Concede a Medalha 05 de Março à conceituada personalidade de nosso Município”.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/498/projeto_de_decreto_de_lei_no_02_20_06_2022.doc</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/498/projeto_de_decreto_de_lei_no_02_20_06_2022.doc</t>
   </si>
   <si>
     <t>“Propõe aprovação de contas de 2020”</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Odécio Rorigues da Silva</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 784 DE 07 DE FEVEREIRO DE 2.008, PARA MODIFICAR A DATA BASE PARA REVISÃO DOS VENCIMENTOS E PROVENTOS DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE LOURDES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_complementar_no_02_15_02_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_complementar_no_02_15_02_2022.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MAJORAÇÃO A TÍTULO DE REPOSIÇÃO SALARIAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS NOS TERMOS DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE REAJUSTE A TÍTULO DE REPOSIÇÃO SALARIAL ANUAL DOS SUBSIDIOS DOS AGENTES POLÍTICOS DO PODER EXECUTIVO NOS TERMOS DA CONSTITUIÇÃO FEDERAL”.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_complementar_no_04_29_09_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_complementar_no_04_29_09_2022.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO E TRANSFORMAÇÃO E EXTINÇÃO DE CARGOS E VAGAS NO QUADRO DE PESSOAL DA PREFEITURA DO MUNICIPIO DE LOURDES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/500/projeto_complementar_no_05_03_11_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/500/projeto_complementar_no_05_03_11_2022.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇAO DA LEI COMPLEMENTAR Nº 953 DE 06 DE ABRIL DE 2.010 E DÁ OUTRAS PROVIDÊNCIA</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/509/projeto_complementar_no_06_01_12_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/509/projeto_complementar_no_06_01_12_2022.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE CRIAÇÃO DE VAGAS NO QUADRO DE PESSOAL DA PREFEITURA DO MUNICIPIO DE LOURDES E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/510/projeto_complementar_no_07_01_12_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/510/projeto_complementar_no_07_01_12_2022.docx</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/412/projeto_lei_no_01_04_02_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/412/projeto_lei_no_01_04_02_2022.docx</t>
   </si>
   <si>
     <t>CRIA A GRATIFICAÇÃO POR DESEMPENHO DE ATIVIDADE DELEGADA NOS TERMOS QUE ESPECIFICA, A SER PAGA AOS MILITARES DO ESTADO QUE EXERCEM ATIVIDADE MUNICIPAL DELEGADA AO ESTADO DE SÃO PAULO, POR FORÇA DE CONVÊNIO A SER CELEBRADO COM O MUNICÍPIO DE LOURDES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/414/projeto_lei_no_03_04_02_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/414/projeto_lei_no_03_04_02_2022.docx</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/415/projeto_lei_no_04_18_02_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/415/projeto_lei_no_04_18_02_2022.docx</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_lei_no_06_18_02_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_lei_no_06_18_02_2022.docx</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/418/projeto_lei_no_07_18_02_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/418/projeto_lei_no_07_18_02_2022.docx</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/419/projeto_lei_no_08_18_02_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/419/projeto_lei_no_08_18_02_2022.docx</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_lei_no_09_18_02_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_lei_no_09_18_02_2022.docx</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_lei_no__10_18_02_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_lei_no__10_18_02_2022.docx</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_lei_no_11_18_02_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_lei_no_11_18_02_2022.docx</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_lei_no_12_18_02_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_lei_no_12_18_02_2022.docx</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_lei_no_13_18_02_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_lei_no_13_18_02_2022.docx</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/426/projeto_lei_no_14_18_02_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/426/projeto_lei_no_14_18_02_2022.docx</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/427/projeto_lei_no_15_18_02_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/427/projeto_lei_no_15_18_02_2022.docx</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_lei_no_16_07_03_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_lei_no_16_07_03_2022.docx</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/429/projeto_lei_no_17_07_03_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/429/projeto_lei_no_17_07_03_2022.docx</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA O EXECUTIVO MUNICIPAL DESAPROPRIAR, POR VIA AMIGÁVEL OU JUDICIAL, AS ÁREAS DE TERRAS OBJETIVANDO A CONSTRUÇAO DE UM CEMITÉRIO".</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/431/projeto_lei_no_19_21_03_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/431/projeto_lei_no_19_21_03_2022.docx</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/432/projeto_lei_no_20_21_03_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/432/projeto_lei_no_20_21_03_2022.docx</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_lei_no_21_21_03_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_lei_no_21_21_03_2022.docx</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/434/projeto_lei_no_22_21_03_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/434/projeto_lei_no_22_21_03_2022.docx</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/435/projeto_lei_no_23_21_03_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/435/projeto_lei_no_23_21_03_2022.docx</t>
   </si>
   <si>
     <t>“AUTORIZA PODER EXECUTIVO MUNICIPAL FIRMAR CONVÊNIO COM O DEPARTAMENTO DE ESTRADAS DE RODAGEM DO ESTADO DE SÃO PAULO – DER/SP, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/436/projeto_lei_no_24_01_04_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/436/projeto_lei_no_24_01_04_2022.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/437/projeto_lei_no_25_01_04_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/437/projeto_lei_no_25_01_04_2022.docx</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/438/projeto_lei_no_26_01_04_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/438/projeto_lei_no_26_01_04_2022.docx</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/439/projeto_lei_no_27_01_04_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/439/projeto_lei_no_27_01_04_2022.docx</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_lei_no_28_01_04_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_lei_no_28_01_04_2022.docx</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_lei_no_29_13_04_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_lei_no_29_13_04_2022.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA O EXECUTIVO MUNICIPAL DESAPROPRIAR, POR VIA AMIGÁVEL OU JUDICIAL, AS ÁREAS DE TERRAS OBJETIVANDO AMPLIAÇÃO DO ATERRO SANITÁRIO EM VALAS DO MUNICÍPIO DE LOURDES ".</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_lei_no_30_13_04_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_lei_no_30_13_04_2022.docx</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/443/projeto_lei_no_31_28_04_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/443/projeto_lei_no_31_28_04_2022.docx</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_lei_no_32_28_04_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_lei_no_32_28_04_2022.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AUTORIZAÇÃO PARA O EXECUTIVO MUNICIPAL RECEBER ESTRADA MUNICIPAL EM DOAÇÃO E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/445/projeto_lei_no_33_28_04_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/445/projeto_lei_no_33_28_04_2022.docx</t>
   </si>
   <si>
     <t>“AUTORIZA A PERMISSÃO DE USO, DE PRÓPRIO MUNICIPAL, A TITULO PRECÁRIO</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/446/projeto_lei_no_34_28_04_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/446/projeto_lei_no_34_28_04_2022.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AUTORIZAÇÃO PARA O EXECUTIVO MUNICIPAL REALIZAR CAMPANHA DE ARRECADAÇÃO E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/447/projeto_lei_no_35_28_04_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/447/projeto_lei_no_35_28_04_2022.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A RECLASSIFICAÇÃO DE CARGO  NO QUADRO DE PESSOAL DA PREFEITURA DE LOURDES E DÁ OUTRAS PROVIDENCIAS.”</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/448/projeto_lei_no_36_12_05_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/448/projeto_lei_no_36_12_05_2022.docx</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/449/projeto_lei_no_37__12_05_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/449/projeto_lei_no_37__12_05_2022.docx</t>
   </si>
   <si>
     <t>"REGULAMENTA E FISCALIZA O FORNECIMENTO DE ALVARÁ DE FUNCIONAMENTO PARA ESTABELECIMENTOS COMERCIAIS, INDUSTRIAIS E DE PRESTAÇÃO DE SERVIÇOS, BEM COMO DÁ OUTRAS PROVIDENCIAS, NO ÂMBITO DO MUNICÍPIO DE LOURDES</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/450/projeto_lei_no_38__12_05_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/450/projeto_lei_no_38__12_05_2022.docx</t>
   </si>
   <si>
     <t>"AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CELEBRA CONVÊNIO ENTRE O MUNICIPIO DE LOURDES E O ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA DE SEGURANÇA PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/451/projeto_lei_no_39__12_05_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/451/projeto_lei_no_39__12_05_2022.docx</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A PROTEÇÃO CONTRA A POLUIÇÃO SONORA E DÁ OUTRAS PROVIDÊNCIAS, NO ÂMBITO DO MUNICÍPIO DE LOURDES"</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/453/projeto_lei_no_41_25_05_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/453/projeto_lei_no_41_25_05_2022.docx</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_lei_no_42_25_05_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_lei_no_42_25_05_2022.docx</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_lei_no_43_25_05_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_lei_no_43_25_05_2022.docx</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_lei_no_44__25_05_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_lei_no_44__25_05_2022.docx</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_lei_no_45__25_05_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_lei_no_45__25_05_2022.docx</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_lei_no_47__03_06_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_lei_no_47__03_06_2022.docx</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_lei_no_47__03_06_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_lei_no_47__03_06_2022.docx</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/460/projeto_lei_no_48__03_06_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/460/projeto_lei_no_48__03_06_2022.docx</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/462/projeto_lei_no_50_03_06_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/462/projeto_lei_no_50_03_06_2022.docx</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/463/projeto_lei_no_51_03_06_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/463/projeto_lei_no_51_03_06_2022.docx</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/464/projeto_lei_no_52_03_06_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/464/projeto_lei_no_52_03_06_2022.docx</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/465/projeto_lei_no_53_09_06_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/465/projeto_lei_no_53_09_06_2022.docx</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_lei_no_54_09_06_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_lei_no_54_09_06_2022.docx</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/467/projeto_lei_no_55_09_06_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/467/projeto_lei_no_55_09_06_2022.docx</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/468/projeto_lei_no_56_09_06_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/468/projeto_lei_no_56_09_06_2022.docx</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/469/projeto_lei_no_57_09_06_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/469/projeto_lei_no_57_09_06_2022.docx</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/470/projeto_lei_no_58_13_07_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/470/projeto_lei_no_58_13_07_2022.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DA PESSOA COM DEFICIÊNCIA DO MUNICÍPIO DE LOURDES E DÁ PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/471/projeto_lei_no_59_13_07_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/471/projeto_lei_no_59_13_07_2022.docx</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ALTERAÇAO DE LEI”.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_lei_no_60_18_07_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_lei_no_60_18_07_2022.docx</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/473/projeto_lei_no_61_18_07_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/473/projeto_lei_no_61_18_07_2022.docx</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/474/projeto_lei_no_62_18_07_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/474/projeto_lei_no_62_18_07_2022.docx</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/475/projeto_lei_no_63_18_07_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/475/projeto_lei_no_63_18_07_2022.docx</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/476/projeto_lei_no_64_18_08_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/476/projeto_lei_no_64_18_08_2022.docx</t>
   </si>
   <si>
     <t>“AUTORIZA A CONCESSÃO DE AUXÍLIO PARA CIDADÃOS DO MUNICÍPIO QUE TIVEREM RESIDÊNCIAS ATINGIDAS POR EVENTOS FORTUITOS DE ORIGEM CLIMÁTICA E OUTRAS.”</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/477/projeto_lei_no_65_18_08_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/477/projeto_lei_no_65_18_08_2022.docx</t>
   </si>
   <si>
     <t>“AUTORIZA LOCAÇÃO DE BENS MÓVEIS PARA FINS PARTICULARES”</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/478/projeto_lei_no_66_18_08_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/478/projeto_lei_no_66_18_08_2022.docx</t>
   </si>
   <si>
     <t>DIPOE SOBRE ALTERAÇAO DA LEI COMPLEMENTAR MUNICIPAL Nº 785 DE 07 DE FEVEREIRO DE 2008</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/479/projeto_lei_no_67_18_08_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/479/projeto_lei_no_67_18_08_2022.docx</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/480/projeto_lei_no_68_18_08_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/480/projeto_lei_no_68_18_08_2022.docx</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/481/projeto_lei_no_69_18_08_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/481/projeto_lei_no_69_18_08_2022.docx</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/482/projeto_lei_no_70_30_08_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/482/projeto_lei_no_70_30_08_2022.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DO ANO 2023, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA O EXECUTIVO MUNICIPAL DESAPROPRIAR, POR VIA AMIGÁVEL E/OU JUDICIAL, AS ÁREAS DE TERRAS OBJETIVANDO A CONSTRUÇAO DE UM ANEL VIÁRIO".</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/484/projeto_lei_no_72_01_09_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/484/projeto_lei_no_72_01_09_2022.docx</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_lei_no_73_01_09_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_lei_no_73_01_09_2022.docx</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_lei_no_74_19_09_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_lei_no_74_19_09_2022.docx</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/487/projeto_lei_no_75_19_09_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/487/projeto_lei_no_75_19_09_2022.docx</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_lei_no_76_19_09_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_lei_no_76_19_09_2022.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI Nº 1.763 DE 08 DE FEVEREIRO DE 2.022, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_lei_no_77_30_09_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_lei_no_77_30_09_2022.docx</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/490/projeto_lei_no_78_30_09_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/490/projeto_lei_no_78_30_09_2022.docx</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Lourdes, Estado de São Paulo, para o exercício de 2023</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/491/projeto_lei_no_79_14_10_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/491/projeto_lei_no_79_14_10_2022.docx</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_lei_no_80_14_10_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_lei_no_80_14_10_2022.docx</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_lei_no_81_03_11_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_lei_no_81_03_11_2022.docx</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/503/projeto_lei_no_82_17_11_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/503/projeto_lei_no_82_17_11_2022.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REGULAMENTAÇÃO DO SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE LOURDES – SP</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Gisele Tonchis</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/504/projeto_lei_no_83_17_11_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/504/projeto_lei_no_83_17_11_2022.docx</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/511/projeto_lei_no_84_01_12_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/511/projeto_lei_no_84_01_12_2022.docx</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE LIBERAÇÃO DE AUXILIO FINANCEIRO, CONTRIBUIÇÃO OU SUBVENÇÃO SOCIAL À ENTIDADES, FIXANDO CRITÉRIOS PARA PRESTAÇÃO DE CONTAS, DANDO OUTRAS PROVIDÊNCIAS ADMINISTRATIVAS".</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/512/projeto_lei_no_85_01_12_2022.docx</t>
+    <t>http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/512/projeto_lei_no_85_01_12_2022.docx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1377,68 +1377,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/508/indicacao_no_02_21_11_2022_fernando.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/496/mocao_no_01_12_05_22.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/499/projeto_de_decreto_de_lei_no_02_20_06_2022.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/502/mocao_no_03_04_11_22.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/507/mocao_no_04_18_11_22.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/506/mocao_no_05_18_11_22.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_de_decreto_de_lei_no_01_22_02_2022.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/498/projeto_de_decreto_de_lei_no_02_20_06_2022.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_complementar_no_02_15_02_2022.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_complementar_no_04_29_09_2022.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/500/projeto_complementar_no_05_03_11_2022.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/509/projeto_complementar_no_06_01_12_2022.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/510/projeto_complementar_no_07_01_12_2022.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/412/projeto_lei_no_01_04_02_2022.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/414/projeto_lei_no_03_04_02_2022.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/415/projeto_lei_no_04_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_lei_no_06_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/418/projeto_lei_no_07_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/419/projeto_lei_no_08_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_lei_no_09_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_lei_no__10_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_lei_no_11_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_lei_no_12_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_lei_no_13_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/426/projeto_lei_no_14_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/427/projeto_lei_no_15_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_lei_no_16_07_03_2022.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/429/projeto_lei_no_17_07_03_2022.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/431/projeto_lei_no_19_21_03_2022.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/432/projeto_lei_no_20_21_03_2022.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_lei_no_21_21_03_2022.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/434/projeto_lei_no_22_21_03_2022.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/435/projeto_lei_no_23_21_03_2022.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/436/projeto_lei_no_24_01_04_2022.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/437/projeto_lei_no_25_01_04_2022.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/438/projeto_lei_no_26_01_04_2022.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/439/projeto_lei_no_27_01_04_2022.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_lei_no_28_01_04_2022.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_lei_no_29_13_04_2022.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_lei_no_30_13_04_2022.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/443/projeto_lei_no_31_28_04_2022.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_lei_no_32_28_04_2022.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/445/projeto_lei_no_33_28_04_2022.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/446/projeto_lei_no_34_28_04_2022.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/447/projeto_lei_no_35_28_04_2022.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/448/projeto_lei_no_36_12_05_2022.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/449/projeto_lei_no_37__12_05_2022.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/450/projeto_lei_no_38__12_05_2022.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/451/projeto_lei_no_39__12_05_2022.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/453/projeto_lei_no_41_25_05_2022.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_lei_no_42_25_05_2022.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_lei_no_43_25_05_2022.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_lei_no_44__25_05_2022.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_lei_no_45__25_05_2022.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_lei_no_47__03_06_2022.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_lei_no_47__03_06_2022.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/460/projeto_lei_no_48__03_06_2022.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/462/projeto_lei_no_50_03_06_2022.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/463/projeto_lei_no_51_03_06_2022.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/464/projeto_lei_no_52_03_06_2022.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/465/projeto_lei_no_53_09_06_2022.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_lei_no_54_09_06_2022.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/467/projeto_lei_no_55_09_06_2022.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/468/projeto_lei_no_56_09_06_2022.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/469/projeto_lei_no_57_09_06_2022.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/470/projeto_lei_no_58_13_07_2022.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/471/projeto_lei_no_59_13_07_2022.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_lei_no_60_18_07_2022.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/473/projeto_lei_no_61_18_07_2022.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/474/projeto_lei_no_62_18_07_2022.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/475/projeto_lei_no_63_18_07_2022.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/476/projeto_lei_no_64_18_08_2022.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/477/projeto_lei_no_65_18_08_2022.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/478/projeto_lei_no_66_18_08_2022.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/479/projeto_lei_no_67_18_08_2022.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/480/projeto_lei_no_68_18_08_2022.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/481/projeto_lei_no_69_18_08_2022.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/482/projeto_lei_no_70_30_08_2022.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/484/projeto_lei_no_72_01_09_2022.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_lei_no_73_01_09_2022.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_lei_no_74_19_09_2022.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/487/projeto_lei_no_75_19_09_2022.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_lei_no_76_19_09_2022.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_lei_no_77_30_09_2022.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/490/projeto_lei_no_78_30_09_2022.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/491/projeto_lei_no_79_14_10_2022.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_lei_no_80_14_10_2022.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_lei_no_81_03_11_2022.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/503/projeto_lei_no_82_17_11_2022.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/504/projeto_lei_no_83_17_11_2022.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/511/projeto_lei_no_84_01_12_2022.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/512/projeto_lei_no_85_01_12_2022.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/508/indicacao_no_02_21_11_2022_fernando.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/496/mocao_no_01_12_05_22.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/499/projeto_de_decreto_de_lei_no_02_20_06_2022.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/502/mocao_no_03_04_11_22.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/507/mocao_no_04_18_11_22.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/506/mocao_no_05_18_11_22.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_de_decreto_de_lei_no_01_22_02_2022.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/498/projeto_de_decreto_de_lei_no_02_20_06_2022.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_complementar_no_02_15_02_2022.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_complementar_no_04_29_09_2022.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/500/projeto_complementar_no_05_03_11_2022.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/509/projeto_complementar_no_06_01_12_2022.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/510/projeto_complementar_no_07_01_12_2022.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/412/projeto_lei_no_01_04_02_2022.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/414/projeto_lei_no_03_04_02_2022.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/415/projeto_lei_no_04_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_lei_no_06_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/418/projeto_lei_no_07_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/419/projeto_lei_no_08_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/420/projeto_lei_no_09_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_lei_no__10_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_lei_no_11_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_lei_no_12_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_lei_no_13_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/426/projeto_lei_no_14_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/427/projeto_lei_no_15_18_02_2022.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/428/projeto_lei_no_16_07_03_2022.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/429/projeto_lei_no_17_07_03_2022.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/431/projeto_lei_no_19_21_03_2022.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/432/projeto_lei_no_20_21_03_2022.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_lei_no_21_21_03_2022.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/434/projeto_lei_no_22_21_03_2022.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/435/projeto_lei_no_23_21_03_2022.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/436/projeto_lei_no_24_01_04_2022.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/437/projeto_lei_no_25_01_04_2022.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/438/projeto_lei_no_26_01_04_2022.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/439/projeto_lei_no_27_01_04_2022.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/440/projeto_lei_no_28_01_04_2022.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/441/projeto_lei_no_29_13_04_2022.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_lei_no_30_13_04_2022.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/443/projeto_lei_no_31_28_04_2022.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/444/projeto_lei_no_32_28_04_2022.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/445/projeto_lei_no_33_28_04_2022.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/446/projeto_lei_no_34_28_04_2022.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/447/projeto_lei_no_35_28_04_2022.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/448/projeto_lei_no_36_12_05_2022.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/449/projeto_lei_no_37__12_05_2022.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/450/projeto_lei_no_38__12_05_2022.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/451/projeto_lei_no_39__12_05_2022.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/453/projeto_lei_no_41_25_05_2022.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_lei_no_42_25_05_2022.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/455/projeto_lei_no_43_25_05_2022.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/456/projeto_lei_no_44__25_05_2022.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/457/projeto_lei_no_45__25_05_2022.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/458/projeto_lei_no_47__03_06_2022.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/459/projeto_lei_no_47__03_06_2022.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/460/projeto_lei_no_48__03_06_2022.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/462/projeto_lei_no_50_03_06_2022.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/463/projeto_lei_no_51_03_06_2022.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/464/projeto_lei_no_52_03_06_2022.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/465/projeto_lei_no_53_09_06_2022.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/466/projeto_lei_no_54_09_06_2022.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/467/projeto_lei_no_55_09_06_2022.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/468/projeto_lei_no_56_09_06_2022.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/469/projeto_lei_no_57_09_06_2022.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/470/projeto_lei_no_58_13_07_2022.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/471/projeto_lei_no_59_13_07_2022.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/472/projeto_lei_no_60_18_07_2022.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/473/projeto_lei_no_61_18_07_2022.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/474/projeto_lei_no_62_18_07_2022.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/475/projeto_lei_no_63_18_07_2022.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/476/projeto_lei_no_64_18_08_2022.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/477/projeto_lei_no_65_18_08_2022.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/478/projeto_lei_no_66_18_08_2022.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/479/projeto_lei_no_67_18_08_2022.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/480/projeto_lei_no_68_18_08_2022.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/481/projeto_lei_no_69_18_08_2022.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/482/projeto_lei_no_70_30_08_2022.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/484/projeto_lei_no_72_01_09_2022.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/485/projeto_lei_no_73_01_09_2022.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/486/projeto_lei_no_74_19_09_2022.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/487/projeto_lei_no_75_19_09_2022.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/488/projeto_lei_no_76_19_09_2022.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_lei_no_77_30_09_2022.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/490/projeto_lei_no_78_30_09_2022.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/491/projeto_lei_no_79_14_10_2022.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_lei_no_80_14_10_2022.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_lei_no_81_03_11_2022.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/503/projeto_lei_no_82_17_11_2022.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/504/projeto_lei_no_83_17_11_2022.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/511/projeto_lei_no_84_01_12_2022.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lourdes.sp.leg.br/media/sapl/public/materialegislativa/2022/512/projeto_lei_no_85_01_12_2022.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="115.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="114.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>